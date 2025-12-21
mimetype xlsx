--- v0 (2025-10-23)
+++ v1 (2025-12-21)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="337">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="307">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>41-00009-000</t>
   </si>
   <si>
     <t>ADAMS WM O &amp; ESTHER M</t>
   </si>
   <si>
@@ -58,122 +58,95 @@
   <si>
     <t>STATE ROUTE 250</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>4100010</t>
   </si>
   <si>
     <t>COX RUBY</t>
   </si>
   <si>
     <t>922 MAURER DR</t>
   </si>
   <si>
     <t>41-00048-000</t>
   </si>
   <si>
     <t>MORRISON WILLIAM N &amp; RUTH I</t>
   </si>
   <si>
     <t>NEWPORT AVE</t>
   </si>
   <si>
-    <t>4100119</t>
-[...7 lines deleted...]
-  <si>
     <t>41-00133-000</t>
   </si>
   <si>
     <t>BERNI VIRGINIA M</t>
   </si>
   <si>
     <t>HUSTON ALY</t>
   </si>
   <si>
     <t>41-00134-001</t>
   </si>
   <si>
     <t>REICHMAN WESLEY P &amp; ARANA</t>
   </si>
   <si>
     <t>S DAWSON ST</t>
   </si>
   <si>
     <t>41-00141-000</t>
   </si>
   <si>
     <t>BROWN RICHARD A</t>
   </si>
   <si>
     <t>W 4TH ST</t>
   </si>
   <si>
     <t>41-00210-000</t>
   </si>
   <si>
     <t>CARTER RONALD &amp; BENITA</t>
   </si>
   <si>
     <t>309 N CENTER ST</t>
   </si>
   <si>
     <t>4100213</t>
   </si>
   <si>
     <t>ANNON BRENT</t>
   </si>
   <si>
     <t>105 RIVER RD</t>
   </si>
   <si>
-    <t>41-00214-000</t>
-[...16 lines deleted...]
-  <si>
     <t>4100360</t>
   </si>
   <si>
     <t>GARBRANDT JAMES</t>
   </si>
   <si>
     <t>276 PEARL ST</t>
   </si>
   <si>
     <t>4100386</t>
   </si>
   <si>
     <t>HOGUE BRANDI J</t>
   </si>
   <si>
     <t>224 PEARL ST</t>
   </si>
   <si>
     <t>41-00399-000</t>
   </si>
   <si>
     <t>FAUSTO CHRIS A</t>
   </si>
   <si>
     <t>714 W 1ST ST</t>
@@ -226,221 +199,194 @@
   <si>
     <t>41-00511-000</t>
   </si>
   <si>
     <t>JOHNS DWIGHT</t>
   </si>
   <si>
     <t>DEERSVILLE AVE</t>
   </si>
   <si>
     <t>41-00596-000</t>
   </si>
   <si>
     <t>ENOS FRANCIS PAUL &amp; NORA MARIE</t>
   </si>
   <si>
     <t>41-00637-000</t>
   </si>
   <si>
     <t>FETTER CHRISTIAN C</t>
   </si>
   <si>
     <t>MURPHY ST</t>
   </si>
   <si>
-    <t>41-00655-000</t>
+    <t>41-00670-000</t>
+  </si>
+  <si>
+    <t>FRED FAIRALL CONSTRUCTION CO</t>
+  </si>
+  <si>
+    <t>LAKE ST</t>
+  </si>
+  <si>
+    <t>41-00696-000</t>
+  </si>
+  <si>
+    <t>KERNS CLINTON W</t>
+  </si>
+  <si>
+    <t>256 MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>4100744</t>
+  </si>
+  <si>
+    <t>FOUTS FRITZ A &amp; TAMMY K</t>
+  </si>
+  <si>
+    <t>270 PEARL ST</t>
+  </si>
+  <si>
+    <t>4100751</t>
+  </si>
+  <si>
+    <t>PATTERSON RICHARD S &amp; DIANNA L</t>
+  </si>
+  <si>
+    <t>6299 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-00763-000</t>
+  </si>
+  <si>
+    <t>MADONI JOHN C</t>
+  </si>
+  <si>
+    <t>629 TRENTON AVE</t>
+  </si>
+  <si>
+    <t>41-00779-000</t>
+  </si>
+  <si>
+    <t>BOWLING RALPH &amp; PATRICIA</t>
+  </si>
+  <si>
+    <t>N JAY ST</t>
+  </si>
+  <si>
+    <t>41-00780-000</t>
+  </si>
+  <si>
+    <t>W 2ND ST REAR</t>
+  </si>
+  <si>
+    <t>41-00781-000</t>
+  </si>
+  <si>
+    <t>206 N JAY ST</t>
+  </si>
+  <si>
+    <t>4100834</t>
   </si>
   <si>
     <t>HENRY EARL L JR &amp; JANET S</t>
   </si>
   <si>
-    <t>714 NEWPORT AVE</t>
-[...76 lines deleted...]
-  <si>
     <t>710 NEWPORT AVE</t>
   </si>
   <si>
     <t>41-00835-000</t>
   </si>
   <si>
     <t>CENTRAL CONSULTING LLC</t>
   </si>
   <si>
     <t>329 N MILLER ST</t>
   </si>
   <si>
     <t>4100839</t>
   </si>
   <si>
     <t>JONES CHRISTIE L</t>
   </si>
   <si>
     <t>232 PEARL ST</t>
   </si>
   <si>
     <t>41-00852-000</t>
   </si>
   <si>
     <t>HARRIS JOS S &amp; CUMI</t>
   </si>
   <si>
     <t>230 W 11TH ST</t>
   </si>
   <si>
     <t>41-00909-000</t>
   </si>
   <si>
     <t>HILLYER BARRY L &amp; BONNIE R</t>
   </si>
   <si>
     <t>140 DEERSVILLE AVE</t>
   </si>
   <si>
-    <t>41-00988-000</t>
-[...7 lines deleted...]
-  <si>
     <t>41-01002-000</t>
   </si>
   <si>
     <t>HUTCHINS ALMA M ET AL</t>
   </si>
   <si>
     <t>N WATER ST</t>
   </si>
   <si>
     <t>41-01017-000</t>
   </si>
   <si>
     <t>BLANK DAVID S</t>
   </si>
   <si>
     <t>41-01063-000</t>
   </si>
   <si>
     <t>K-HILL SIGNAL CO INC</t>
   </si>
   <si>
     <t>W 2ND ST</t>
   </si>
   <si>
     <t>41-01065-000</t>
   </si>
   <si>
     <t>W SECOND ST</t>
   </si>
   <si>
     <t>41-01066-000</t>
   </si>
   <si>
-    <t>41-01205-000</t>
-[...4 lines deleted...]
-  <si>
     <t>41-01211-000</t>
   </si>
   <si>
     <t>STRIKER JAMES &amp; EDNA</t>
   </si>
   <si>
     <t>E 4TH ST</t>
   </si>
   <si>
     <t>41-01258-000</t>
   </si>
   <si>
     <t>WOODWARD MICHELLE</t>
   </si>
   <si>
     <t>E DEERSVILLE AVE REAR</t>
   </si>
   <si>
     <t>41-01264-000</t>
   </si>
   <si>
     <t>RILEY JACK L</t>
   </si>
   <si>
     <t>E 3RD ST REAR</t>
@@ -535,126 +481,90 @@
   <si>
     <t>BEACH EDWIN T</t>
   </si>
   <si>
     <t>546 E 1ST ST</t>
   </si>
   <si>
     <t>41-01686-000</t>
   </si>
   <si>
     <t>MUNSON ANN M</t>
   </si>
   <si>
     <t>611 N DAWSON ST</t>
   </si>
   <si>
     <t>41-01687-000</t>
   </si>
   <si>
     <t>WADE PAUL</t>
   </si>
   <si>
     <t>347 S MCCONNELL ST</t>
   </si>
   <si>
-    <t>41-01732-000</t>
-[...25 lines deleted...]
-  <si>
     <t>41-01818-000</t>
   </si>
   <si>
     <t>CARTER GARY</t>
   </si>
   <si>
     <t>420 CROSS ST</t>
   </si>
   <si>
     <t>41-01822-000</t>
   </si>
   <si>
     <t>GREENWALT ROBERT B JR &amp; BRIDGETT R BURKHART</t>
   </si>
   <si>
     <t>412 N ROMIG ST</t>
   </si>
   <si>
     <t>41-01958-000</t>
   </si>
   <si>
     <t>ANNON BRENT ALLEN</t>
   </si>
   <si>
     <t>41-01958-002</t>
   </si>
   <si>
     <t>DENNIS THOMAS &amp; ROBIN ANNON</t>
   </si>
   <si>
     <t>2109 N WATER ST EXT</t>
   </si>
   <si>
     <t>41-01960-000</t>
   </si>
   <si>
     <t>ROBINSON WILLIAM D</t>
   </si>
   <si>
     <t>109 RIVER RD</t>
-  </si>
-[...7 lines deleted...]
-    <t>513 W HIGH ST</t>
   </si>
   <si>
     <t>4102027</t>
   </si>
   <si>
     <t>MAURER JOHN BEN</t>
   </si>
   <si>
     <t>264 PEARL ST</t>
   </si>
   <si>
     <t>41-02037-000</t>
   </si>
   <si>
     <t>LEAS SONJA</t>
   </si>
   <si>
     <t>349 HERRICK ST</t>
   </si>
   <si>
     <t>4102056</t>
   </si>
   <si>
     <t>COOL ROBERT F</t>
   </si>
@@ -1069,2580 +979,2360 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F125" headerRowCount="1">
-  <autoFilter ref="A1:F125"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F114" headerRowCount="1">
+  <autoFilter ref="A1:F114"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=74990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=76137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73067&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=30997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=74990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=31985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=32970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=33614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=76137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=73067&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F125"/>
+  <dimension ref="A1:F114"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="64.33325958251953" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="26.330476760864258" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>2984.24</v>
+        <v>3063.8</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>18.44</v>
+        <v>18.93</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>13935.47</v>
+        <v>14307.06</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>1044.72</v>
+        <v>78.31</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>76.27</v>
+        <v>417.54</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>406.69</v>
+        <v>4870.1</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>4743.62</v>
+        <v>16251.85</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>15829.72</v>
+        <v>197.83</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>192.69</v>
+        <v>374.18</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>954.38</v>
+        <v>200.94</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>968.72</v>
+        <v>5645.51</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>364.46</v>
+        <v>350.69</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>195.72</v>
+        <v>1350.24</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>5598.88</v>
+        <v>1472.12</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>341.58</v>
+        <v>2133.08</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>1315.17</v>
+        <v>3759.5</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>1433.88</v>
+        <v>132.12</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="E19" s="2">
-        <v>2077.68</v>
+        <v>1582.52</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="2">
-        <v>3661.87</v>
+        <v>5141.59</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>128.69</v>
+        <v>3075.91</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="2">
-        <v>1541.42</v>
+        <v>53.87</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="2">
-        <v>5008.04</v>
+        <v>5150.53</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="2">
-        <v>916.39</v>
+        <v>2326.41</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E25" s="2">
-        <v>217.29</v>
+        <v>24730.42</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E26" s="2">
-        <v>2996.02</v>
+        <v>33.64</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="2">
-        <v>52.47</v>
+        <v>120.03</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>5016.74</v>
+        <v>1233.48</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>2265.98</v>
+        <v>147.19</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="2">
-        <v>24088.06</v>
+        <v>16239.12</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="2">
-        <v>32.76</v>
+        <v>3397.97</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="2">
-        <v>116.92</v>
+        <v>347.71</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>1201.44</v>
+        <v>593.81</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E34" s="2">
-        <v>143.37</v>
+        <v>17859.01</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="E35" s="2">
-        <v>15817.32</v>
+        <v>1291.6</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E36" s="2">
-        <v>3309.71</v>
+        <v>825.95</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="2">
-        <v>338.68</v>
+        <v>758.22</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E38" s="2">
-        <v>578.39</v>
+        <v>758.22</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B39" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E39" s="2">
-        <v>192.56</v>
+        <v>8711.54</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E40" s="2">
-        <v>17395.16</v>
+        <v>1877.12</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" s="2">
-        <v>1258.08</v>
+        <v>1547.13</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="B42" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" s="2">
-        <v>804.5</v>
+        <v>793.69</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B43" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E43" s="2">
-        <v>738.53</v>
+        <v>2579.39</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E44" s="2">
-        <v>738.53</v>
+        <v>4776.59</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>39</v>
+        <v>130</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E45" s="2">
-        <v>166.54</v>
+        <v>6119.34</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E46" s="2">
-        <v>8485.29</v>
+        <v>260.84</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E47" s="2">
-        <v>1828.37</v>
+        <v>22108.3</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>138</v>
+        <v>58</v>
       </c>
       <c r="E48" s="2">
-        <v>1506.95</v>
+        <v>4560.5</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E49" s="2">
-        <v>773.08</v>
+        <v>1674.52</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E50" s="2">
-        <v>2512.4</v>
+        <v>24.41</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E51" s="2">
-        <v>4652.53</v>
+        <v>871.71</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E52" s="2">
-        <v>5960.43</v>
+        <v>17446.33</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E53" s="2">
-        <v>254.07</v>
+        <v>1208.61</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E54" s="2">
-        <v>21534.08</v>
+        <v>301.7</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>67</v>
+        <v>160</v>
       </c>
       <c r="E55" s="2">
-        <v>4442.06</v>
+        <v>11717.72</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E56" s="2">
-        <v>1631.03</v>
+        <v>1681.51</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>163</v>
+        <v>31</v>
       </c>
       <c r="E57" s="2">
-        <v>23.78</v>
+        <v>298.97</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E58" s="2">
-        <v>849.07</v>
+        <v>428.71</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E59" s="2">
-        <v>16993.19</v>
+        <v>8752.9</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E60" s="2">
-        <v>1177.22</v>
+        <v>1653.94</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E61" s="2">
-        <v>293.86</v>
+        <v>7121.28</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E62" s="2">
-        <v>250.32</v>
+        <v>95.6</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="E63" s="2">
-        <v>1358.33</v>
+        <v>427.84</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>183</v>
+        <v>57</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>184</v>
       </c>
       <c r="E64" s="2">
-        <v>59.11</v>
+        <v>539.7</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>187</v>
       </c>
       <c r="E65" s="2">
-        <v>11413.36</v>
+        <v>14.01</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>190</v>
       </c>
       <c r="E66" s="2">
-        <v>1637.83</v>
+        <v>431.71</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="E67" s="2">
-        <v>291.2</v>
+        <v>1686.04</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>195</v>
+        <v>63</v>
       </c>
       <c r="E68" s="2">
-        <v>417.57</v>
+        <v>1508.13</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>198</v>
+        <v>58</v>
       </c>
       <c r="E69" s="2">
-        <v>8525.57</v>
+        <v>3452.83</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>201</v>
+        <v>63</v>
       </c>
       <c r="E70" s="2">
-        <v>1292.46</v>
+        <v>1540.4</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>204</v>
+        <v>58</v>
       </c>
       <c r="E71" s="2">
-        <v>1610.98</v>
+        <v>4274.34</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>207</v>
+        <v>58</v>
       </c>
       <c r="E72" s="2">
-        <v>6936.3</v>
+        <v>5564.49</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>210</v>
+        <v>63</v>
       </c>
       <c r="E73" s="2">
-        <v>93.12</v>
+        <v>1489.44</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>119</v>
+        <v>58</v>
       </c>
       <c r="E74" s="2">
-        <v>416.73</v>
+        <v>10876.38</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>66</v>
+        <v>202</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="E75" s="2">
-        <v>525.68</v>
+        <v>5274.12</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="E76" s="2">
-        <v>13.64</v>
+        <v>95.22</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="E77" s="2">
-        <v>620.5</v>
+        <v>69.41</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="E78" s="2">
-        <v>1642.22</v>
+        <v>3402.71</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="E79" s="2">
-        <v>1468.95</v>
+        <v>5393.08</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="E80" s="2">
-        <v>3363.18</v>
+        <v>4295.71</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>72</v>
+        <v>217</v>
       </c>
       <c r="E81" s="2">
-        <v>1500.38</v>
+        <v>1259.18</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>67</v>
+        <v>220</v>
       </c>
       <c r="E82" s="2">
-        <v>4163.33</v>
+        <v>3204.69</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="B83" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="C83" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E83" s="2">
-        <v>5419.96</v>
+        <v>327.97</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>72</v>
+        <v>114</v>
       </c>
       <c r="E84" s="2">
-        <v>1450.75</v>
+        <v>2890.93</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>67</v>
+        <v>227</v>
       </c>
       <c r="E85" s="2">
-        <v>10593.88</v>
+        <v>4958.34</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="E86" s="2">
-        <v>5137.17</v>
+        <v>2370.81</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="E87" s="2">
-        <v>92.74</v>
+        <v>937.09</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>238</v>
+        <v>156</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E88" s="2">
-        <v>67.61</v>
+        <v>355.54</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>241</v>
+        <v>156</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>67</v>
+        <v>235</v>
       </c>
       <c r="E89" s="2">
-        <v>3314.34</v>
+        <v>334.1</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>67</v>
+        <v>239</v>
       </c>
       <c r="E90" s="2">
-        <v>5253.01</v>
+        <v>85.28</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>241</v>
+        <v>107</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>67</v>
+        <v>110</v>
       </c>
       <c r="E91" s="2">
-        <v>4184.15</v>
+        <v>2666.13</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="E92" s="2">
-        <v>1226.48</v>
+        <v>246.94</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="E93" s="2">
-        <v>3121.47</v>
+        <v>425.57</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>174</v>
+        <v>248</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="E94" s="2">
-        <v>319.45</v>
+        <v>849.01</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>132</v>
+        <v>249</v>
       </c>
       <c r="E95" s="2">
-        <v>2815.87</v>
+        <v>1455.04</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="E96" s="2">
-        <v>4829.56</v>
+        <v>1571.7</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="E97" s="2">
-        <v>2309.23</v>
+        <v>350.64</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="E98" s="2">
-        <v>912.75</v>
+        <v>56.7</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>174</v>
+        <v>260</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="E99" s="2">
-        <v>346.3</v>
+        <v>105.46</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>174</v>
+        <v>263</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="E100" s="2">
-        <v>325.42</v>
+        <v>223.9</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="B101" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" s="2">
-        <v>83.06</v>
+        <v>126.29</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="B102" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E102" s="2">
-        <v>2596.88</v>
+        <v>725.36</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>273</v>
       </c>
       <c r="E103" s="2">
-        <v>240.51</v>
+        <v>777.8</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>274</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>276</v>
       </c>
       <c r="E104" s="2">
-        <v>414.51</v>
+        <v>1834.35</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>279</v>
       </c>
       <c r="E105" s="2">
-        <v>826.97</v>
+        <v>22</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>280</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="E106" s="2">
-        <v>1417.25</v>
+        <v>250.3</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="E107" s="2">
-        <v>1530.87</v>
+        <v>49.71</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="E108" s="2">
-        <v>341.53</v>
+        <v>2336.44</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="E109" s="2">
-        <v>55.23</v>
+        <v>2966.81</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="E110" s="2">
-        <v>102.74</v>
+        <v>39.46</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E111" s="2">
-        <v>218.08</v>
+        <v>21.62</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="E112" s="2">
-        <v>123.03</v>
+        <v>173.23</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="E113" s="2">
-        <v>706.52</v>
+        <v>267.54</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E114" s="2">
-        <v>757.59</v>
+        <v>217.37</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>10</v>
-[...218 lines deleted...]
-      <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3717,43 +3407,32 @@
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
     <hyperlink ref="F103" r:id="rId103"/>
     <hyperlink ref="F104" r:id="rId104"/>
     <hyperlink ref="F105" r:id="rId105"/>
     <hyperlink ref="F106" r:id="rId106"/>
     <hyperlink ref="F107" r:id="rId107"/>
     <hyperlink ref="F108" r:id="rId108"/>
     <hyperlink ref="F109" r:id="rId109"/>
     <hyperlink ref="F110" r:id="rId110"/>
     <hyperlink ref="F111" r:id="rId111"/>
     <hyperlink ref="F112" r:id="rId112"/>
     <hyperlink ref="F113" r:id="rId113"/>
     <hyperlink ref="F114" r:id="rId114"/>
-    <hyperlink ref="F115" r:id="rId115"/>
-[...9 lines deleted...]
-    <hyperlink ref="F125" r:id="rId125"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>