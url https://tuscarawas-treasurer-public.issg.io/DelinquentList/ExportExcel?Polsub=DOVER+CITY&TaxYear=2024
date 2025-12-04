--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -5,191 +5,146 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="79">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>1500133</t>
   </si>
   <si>
     <t>MORRIS PATRICIA</t>
   </si>
   <si>
     <t>DOVER CITY SD</t>
   </si>
   <si>
     <t>114 SUSAN DR LOT 114</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>15-00268-000</t>
-[...16 lines deleted...]
-  <si>
     <t>1500942</t>
   </si>
   <si>
     <t>ALLSHOUSE JEREMY T</t>
   </si>
   <si>
     <t>154 JEREMY DR LOT 154</t>
   </si>
   <si>
     <t>15-01760-000</t>
   </si>
   <si>
     <t>SMITLEY TONY</t>
   </si>
   <si>
     <t>704 SHORT ST</t>
   </si>
   <si>
     <t>15-01841-000</t>
   </si>
   <si>
     <t>HEWITT CAROL S</t>
   </si>
   <si>
     <t>321 E 12TH ST</t>
   </si>
   <si>
-    <t>15-01897-000</t>
-[...16 lines deleted...]
-  <si>
     <t>15-02148-000</t>
   </si>
   <si>
     <t>KREISHER ROBERT</t>
   </si>
   <si>
     <t>N WALNUT ST</t>
   </si>
   <si>
     <t>15-02646-001</t>
   </si>
   <si>
     <t>MCKAY DANIEL L</t>
   </si>
   <si>
     <t>MAIDEN LN</t>
   </si>
   <si>
     <t>1502768</t>
   </si>
   <si>
     <t>DENBOW DOUGLAS</t>
   </si>
   <si>
     <t>30 CHARLES DR LOT 30</t>
   </si>
   <si>
     <t>15-03373-000</t>
   </si>
   <si>
     <t>DEVORE JON C</t>
   </si>
   <si>
     <t>116 N CROSS ST</t>
-  </si>
-[...7 lines deleted...]
-    <t>710 E SHAFER AVE</t>
   </si>
   <si>
     <t>15-04265-000</t>
   </si>
   <si>
     <t>WALKER ELIZABETH EXECUTOR</t>
   </si>
   <si>
     <t>209 MILL ST</t>
   </si>
   <si>
     <t>1504569</t>
   </si>
   <si>
     <t>GRIMWOOD CAROLINE</t>
   </si>
   <si>
     <t>33 CHARLES DR LOT 33</t>
   </si>
   <si>
     <t>1505089</t>
   </si>
   <si>
     <t>WHITE DAVID &amp; EMILY</t>
   </si>
@@ -340,696 +295,591 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F30" headerRowCount="1">
-  <autoFilter ref="A1:F30"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F25" headerRowCount="1">
+  <autoFilter ref="A1:F25"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=8042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=8348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=9491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=9629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=9685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=9799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=9929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=10379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=11076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=11391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=11875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=13316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=13524&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=13526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=13687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=76220&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=9491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=9629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=9929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=10379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=11076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=11875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=13316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=13524&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=13526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=13687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=71945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=76220&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F30"/>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="41.20993423461914" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="30.857542037963867" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1719.97</v>
+        <v>1765.83</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>1749.33</v>
+        <v>2819.22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>786.38</v>
+        <v>1409.05</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>2745.99</v>
+        <v>1267.15</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>1372.44</v>
+        <v>11891.4</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>1234.24</v>
+        <v>1168.91</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>1375.68</v>
+        <v>654.01</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>2526.27</v>
+        <v>13.2</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>11582.54</v>
+        <v>897.95</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>1138.55</v>
+        <v>4155.15</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>637.03</v>
+        <v>158.75</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>12.86</v>
+        <v>890.07</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>2042.42</v>
+        <v>291.82</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>874.62</v>
+        <v>253.88</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>4047.23</v>
+        <v>713.12</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>154.62</v>
+        <v>10.52</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>866.96</v>
+        <v>425.53</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="2">
-        <v>284.25</v>
+        <v>1494.82</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="2">
-        <v>307.29</v>
+        <v>124.27</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>694.59</v>
+        <v>183.81</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="2">
-        <v>10.25</v>
+        <v>446.43</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="2">
-        <v>414.49</v>
+        <v>123.81</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="2">
-        <v>1456.01</v>
+        <v>520.14</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="2">
-        <v>121.05</v>
+        <v>2041.64</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>10</v>
-[...98 lines deleted...]
-      <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
-    <hyperlink ref="F26" r:id="rId26"/>
-[...3 lines deleted...]
-    <hyperlink ref="F30" r:id="rId30"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>