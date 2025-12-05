--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>28-00022-000</t>
   </si>
   <si>
     <t>SCHWEITZER RONALD M</t>
   </si>
   <si>
@@ -64,210 +64,195 @@
   <si>
     <t>28-00028-000</t>
   </si>
   <si>
     <t>CROSS JEAN</t>
   </si>
   <si>
     <t>4086 MAIN ST</t>
   </si>
   <si>
     <t>28-00030-000</t>
   </si>
   <si>
     <t>GRIFFITH VICKIE A</t>
   </si>
   <si>
     <t>ROXFORD ST</t>
   </si>
   <si>
     <t>28-00031-000</t>
   </si>
   <si>
     <t>1958 ROXFORD ST</t>
   </si>
   <si>
-    <t>28-00032-000</t>
+    <t>28-00054-000</t>
+  </si>
+  <si>
+    <t>JEANDERVIN EUGENE V</t>
+  </si>
+  <si>
+    <t>28-00055-000</t>
+  </si>
+  <si>
+    <t>4157 MAIN ST</t>
+  </si>
+  <si>
+    <t>28-00056-000</t>
+  </si>
+  <si>
+    <t>CLARK ROBERT R &amp; ERICA N</t>
+  </si>
+  <si>
+    <t>28-00057-000</t>
+  </si>
+  <si>
+    <t>28-00058-000</t>
+  </si>
+  <si>
+    <t>1591 ROXFORD ST</t>
+  </si>
+  <si>
+    <t>28-00068-000</t>
+  </si>
+  <si>
+    <t>JAMES DAVID A &amp; ELIZABETH J</t>
+  </si>
+  <si>
+    <t>1835 CHERRY ST</t>
+  </si>
+  <si>
+    <t>28-00097-000</t>
+  </si>
+  <si>
+    <t>MUSICK GARY &amp; BRENDA</t>
+  </si>
+  <si>
+    <t>BARNHILL RD</t>
+  </si>
+  <si>
+    <t>28-00103-000</t>
+  </si>
+  <si>
+    <t>JABER MERWAN</t>
+  </si>
+  <si>
+    <t>1942 ROXFORD ST</t>
+  </si>
+  <si>
+    <t>28-00119-000</t>
+  </si>
+  <si>
+    <t>STOUT CYNTHIA J &amp; JAMES B</t>
+  </si>
+  <si>
+    <t>1826 ROXFORD ST</t>
+  </si>
+  <si>
+    <t>28-00154-000</t>
+  </si>
+  <si>
+    <t>BURKE ROBERT W</t>
+  </si>
+  <si>
+    <t>4034 CENTER ST</t>
+  </si>
+  <si>
+    <t>28-00178-000</t>
+  </si>
+  <si>
+    <t>HASTINGS DAVID B</t>
+  </si>
+  <si>
+    <t>NAGELEY RD</t>
+  </si>
+  <si>
+    <t>28-00178-008</t>
+  </si>
+  <si>
+    <t>TINLIN DOUGLAS ALAN &amp; MICHELLE M</t>
+  </si>
+  <si>
+    <t>28-00178-009</t>
+  </si>
+  <si>
+    <t>HANNI SCOTT</t>
+  </si>
+  <si>
+    <t>28-00198-002</t>
+  </si>
+  <si>
+    <t>PIETRO FRANK W II</t>
+  </si>
+  <si>
+    <t>1806 NAGELEY RD</t>
+  </si>
+  <si>
+    <t>28-00199-000</t>
+  </si>
+  <si>
+    <t>YODER CHARLES J &amp; MELISSA S</t>
+  </si>
+  <si>
+    <t>1800 NAGELEY RD</t>
+  </si>
+  <si>
+    <t>2801092</t>
+  </si>
+  <si>
+    <t>REYNOLDS DELBERT &amp; CHERYL</t>
+  </si>
+  <si>
+    <t>1976 REYNOLDS LN</t>
+  </si>
+  <si>
+    <t>2802426</t>
   </si>
   <si>
     <t>FARNSWORTH CRYSTAL</t>
   </si>
   <si>
-    <t>1862 BEAN ALY</t>
-[...124 lines deleted...]
-  <si>
     <t>1860 BEAN ALY</t>
   </si>
   <si>
     <t>2802782</t>
   </si>
   <si>
     <t>OHLER LARRY SR</t>
   </si>
   <si>
     <t>1765 BARNHILL RD</t>
   </si>
   <si>
     <t>2803305</t>
   </si>
   <si>
     <t>GRIFFITH VICKIE</t>
   </si>
   <si>
     <t>2803601</t>
-  </si>
-[...7 lines deleted...]
-    <t>1796 CHERRY ST</t>
   </si>
   <si>
     <t>2804962</t>
   </si>
   <si>
     <t>BARR REX</t>
   </si>
   <si>
     <t>1765 ROXFORD ST</t>
   </si>
   <si>
     <t>2807688</t>
   </si>
   <si>
     <t>FILBY HOLLY</t>
   </si>
   <si>
     <t>1958 ROXFORD ST REAR</t>
   </si>
   <si>
     <t>2808341</t>
   </si>
   <si>
     <t>4091 MAIN ST</t>
   </si>
@@ -301,696 +286,654 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F30" headerRowCount="1">
-  <autoFilter ref="A1:F30"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F28" headerRowCount="1">
+  <autoFilter ref="A1:F28"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75941&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=23238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=72733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuscarawas-treasurer-public.issg.io/Account/Index?Property_ID=75941&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F30"/>
+  <dimension ref="A1:F28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="35.25979232788086" customWidth="1"/>
     <col min="3" max="3" width="17.552576065063477" customWidth="1"/>
     <col min="4" max="4" width="22.580942153930664" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>28.75</v>
+        <v>29.52</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>19947.72</v>
+        <v>20479.67</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>4071.73</v>
+        <v>4180.3</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2">
-        <v>736.78</v>
+        <v>756.42</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="E6" s="2">
-        <v>2529.82</v>
+        <v>2770.28</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E7" s="2">
-        <v>2698.33</v>
+        <v>27969.55</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="B8" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E8" s="2">
-        <v>27243.07</v>
+        <v>2323.49</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="2">
-        <v>2263.13</v>
+        <v>856.99</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="2">
-        <v>834.74</v>
+        <v>12509.12</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="2">
-        <v>12185.86</v>
+        <v>25703.15</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="2">
-        <v>25037.17</v>
+        <v>403.55</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E13" s="2">
-        <v>393.09</v>
+        <v>11296.51</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="2">
-        <v>11004.72</v>
+        <v>122.05</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="2">
-        <v>118.88</v>
+        <v>14172.57</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="2">
-        <v>13804.46</v>
+        <v>3387.74</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E17" s="2">
-        <v>3299.77</v>
+        <v>1056.02</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E18" s="2">
-        <v>1028.61</v>
+        <v>207.59</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="2">
-        <v>202.2</v>
+        <v>33696.64</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="2">
-        <v>32821.39</v>
+        <v>28683.66</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="2">
-        <v>27938.62</v>
+        <v>512.68</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="2">
-        <v>499.35</v>
+        <v>297.68</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E23" s="2">
-        <v>289.95</v>
+        <v>10402.67</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="E24" s="2">
-        <v>10132.47</v>
+        <v>398.3</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E25" s="2">
-        <v>387.95</v>
+        <v>3268.3</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="E26" s="2">
-        <v>3183.43</v>
+        <v>96.19</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E27" s="2">
-        <v>305.24</v>
+        <v>415.04</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="2">
-        <v>93.69</v>
+        <v>170.17</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>10</v>
-[...38 lines deleted...]
-      <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
-    <hyperlink ref="F29" r:id="rId29"/>
-    <hyperlink ref="F30" r:id="rId30"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>